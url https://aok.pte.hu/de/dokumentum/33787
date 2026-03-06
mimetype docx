--- v0 (2025-12-05)
+++ v1 (2026-03-06)
@@ -80,51 +80,51 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00917BDC" w:rsidRPr="00917BDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Neptun kód: </w:t>
       </w:r>
       <w:r w:rsidR="00917BDC" w:rsidRPr="00917BDC">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>……………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4FB6FC" w14:textId="1E9A8CBD" w:rsidR="00D13373" w:rsidRPr="00917BDC" w:rsidRDefault="00D13373" w:rsidP="00917BDC">
+    <w:p w14:paraId="4E4FB6FC" w14:textId="308E6A4B" w:rsidR="00D13373" w:rsidRPr="00917BDC" w:rsidRDefault="00D13373" w:rsidP="00917BDC">
       <w:pPr>
         <w:ind w:left="2832" w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00917BDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Tanév féléve: </w:t>
       </w:r>
       <w:r w:rsidR="00917BDC" w:rsidRPr="00A97BEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
@@ -140,61 +140,88 @@
       <w:r w:rsidR="00917BDC" w:rsidRPr="00A97BEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="006E48FA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00917BDC" w:rsidRPr="00A97BEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>-1 (</w:t>
+        <w:t>-</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A07E3C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r w:rsidR="00917BDC" w:rsidRPr="00A97BEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>őszi)  félév</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A07E3C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>tavaszi</w:t>
+      </w:r>
+      <w:r w:rsidR="00917BDC" w:rsidRPr="00A97BEA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)  félév</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00AA7A5B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Rcsostblzat"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="13835" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3222"/>
         <w:gridCol w:w="1615"/>
         <w:gridCol w:w="1314"/>
         <w:gridCol w:w="2798"/>
@@ -1035,65 +1062,65 @@
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6CA54394" w14:textId="77777777" w:rsidR="00917BDC" w:rsidRDefault="00917BDC" w:rsidP="00917BDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D25EDE7" w14:textId="4CA66FB9" w:rsidR="00917BDC" w:rsidRPr="00BB19FF" w:rsidRDefault="00917BDC">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BB19FF">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Minden </w:t>
@@ -1395,284 +1422,276 @@
   </w:p>
   <w:p w14:paraId="7C892945" w14:textId="1202421B" w:rsidR="0005473A" w:rsidRPr="0098501C" w:rsidRDefault="00AA7A5B" w:rsidP="00917BDC">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0098501C">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="0005473A" w:rsidRPr="0098501C">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> GÉPPEL KITÖLTENDŐ</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3216239C" w14:textId="40E625F8" w:rsidR="00917BDC" w:rsidRPr="0098501C" w:rsidRDefault="00AA7A5B" w:rsidP="00917BDC">
+  <w:p w14:paraId="3216239C" w14:textId="6847EC07" w:rsidR="00917BDC" w:rsidRPr="0098501C" w:rsidRDefault="00AA7A5B" w:rsidP="00917BDC">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0098501C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>LEADÁSI HATÁRIDŐ: 202</w:t>
     </w:r>
-    <w:r w:rsidR="006E48FA">
+    <w:r w:rsidR="00A07E3C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="0098501C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-    <w:r w:rsidR="00A57248">
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="00A07E3C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>december</w:t>
+      <w:t xml:space="preserve"> június</w:t>
     </w:r>
     <w:r w:rsidR="00600481" w:rsidRPr="0098501C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00DE13FE">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="006E48FA">
+    <w:r w:rsidR="00A07E3C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t xml:space="preserve">5 </w:t>
     </w:r>
     <w:r w:rsidR="00DE13FE">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
-    <w:r w:rsidR="00DE13FE">
+    <w:r w:rsidR="00A07E3C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>szerda</w:t>
-    </w:r>
+      <w:t>hétfő</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00600481" w:rsidRPr="0098501C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="0098501C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> 12</w:t>
     </w:r>
     <w:r w:rsidR="00DE13FE">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidRPr="0098501C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>00</w:t>
-[...11 lines deleted...]
-      <w:t xml:space="preserve"> óra</w:t>
+      <w:t>00 óra</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D13373"/>
     <w:rsid w:val="0005473A"/>
     <w:rsid w:val="000972CC"/>
     <w:rsid w:val="002C54E6"/>
+    <w:rsid w:val="002D48CB"/>
     <w:rsid w:val="003A05B8"/>
+    <w:rsid w:val="004E7C28"/>
     <w:rsid w:val="00576853"/>
     <w:rsid w:val="00600481"/>
     <w:rsid w:val="006E48FA"/>
     <w:rsid w:val="00917BDC"/>
     <w:rsid w:val="009811AE"/>
     <w:rsid w:val="0098501C"/>
     <w:rsid w:val="00992413"/>
+    <w:rsid w:val="00A07E3C"/>
     <w:rsid w:val="00A45920"/>
     <w:rsid w:val="00A57248"/>
     <w:rsid w:val="00A97BEA"/>
     <w:rsid w:val="00AA7A5B"/>
     <w:rsid w:val="00BB19FF"/>
     <w:rsid w:val="00D13373"/>
     <w:rsid w:val="00DE13FE"/>
     <w:rsid w:val="00F46627"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1F50955F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{00258686-3E27-4CBC-9C7D-422AF25C2EF1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="hu-HU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -2444,70 +2463,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>51</Words>
-  <Characters>358</Characters>
+  <Words>52</Words>
+  <Characters>360</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Cím</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>408</CharactersWithSpaces>
+  <CharactersWithSpaces>411</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Németh Tamás Lászlóné</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>