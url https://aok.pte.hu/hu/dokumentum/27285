--- v0 (2025-12-05)
+++ v1 (2026-02-13)
@@ -1,2099 +1,2586 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1ECB13C9" w14:textId="77777777" w:rsidR="00C22191" w:rsidRDefault="00C22191" w:rsidP="00C22191">
+    <w:p w14:paraId="1DC8C450" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="6FC2C0FC" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00C22191">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. sz. melléklet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A1FE07E" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:bCs/>
-[...13 lines deleted...]
-    <w:p w14:paraId="1D7281E1" w14:textId="77777777" w:rsidR="00C22191" w:rsidRDefault="00C22191" w:rsidP="00C22191">
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PTE Klinikai Központ statisztikai és tudományos adatgyűjtési kérelem </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F41AC9" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...49 lines deleted...]
-    <w:p w14:paraId="47682719" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00C17943" w:rsidRDefault="00C22191" w:rsidP="00C22191">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9199" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9199"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004B2C9F" w:rsidRPr="00E92437" w14:paraId="213B0D94" w14:textId="77777777" w:rsidTr="00C50B0B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76B48920" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>A kérelem jellege:*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06FD976D" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="00D376B8" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-12761589"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:bCs/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    új kérelem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49A6DB62" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="00D376B8" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1946110622"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:bCs/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    adatgyűjtési engedély meghosszabbítása – korábbi engedély iktatószáma:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7184AB79" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9212" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1403"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="5258"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C22191" w:rsidRPr="00EB13A4" w14:paraId="1593BEF4" w14:textId="77777777" w:rsidTr="00AA27F4">
+      <w:tr w:rsidR="004B2C9F" w:rsidRPr="00E92437" w14:paraId="52E6AC2F" w14:textId="77777777" w:rsidTr="00C50B0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1403" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01B0CD11" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+          <w:p w14:paraId="09B33074" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00EB13A4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Az adatkérő adatai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76B7B6A0" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
-[...15 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3A569068" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Név</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5258" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="00E613D7" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+          <w:p w14:paraId="25EEBD73" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C22191" w:rsidRPr="00EB13A4" w14:paraId="237AB0D2" w14:textId="77777777" w:rsidTr="00AA27F4">
+      <w:tr w:rsidR="004B2C9F" w:rsidRPr="00E92437" w14:paraId="399B6ACA" w14:textId="77777777" w:rsidTr="00C50B0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1403" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="601151AF" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+          <w:p w14:paraId="766864E2" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13779103" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
-[...17 lines deleted...]
-              <w:t>Főállású munkahely*: (hallgatóknál: kar)</w:t>
+          <w:p w14:paraId="1DF31BD4" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Főállású munkahely** (hallgatóknál: kar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5258" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6D02E792" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+          <w:p w14:paraId="127F52E2" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C22191" w:rsidRPr="00EB13A4" w14:paraId="7FDA6676" w14:textId="77777777" w:rsidTr="00AA27F4">
+      <w:tr w:rsidR="004B2C9F" w:rsidRPr="00E92437" w14:paraId="080D6683" w14:textId="77777777" w:rsidTr="00C50B0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1403" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="34DE279B" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+          <w:p w14:paraId="1A5C9430" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49A22B71" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
-[...15 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6CADAFE1" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Beosztás</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5258" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6D69687D" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+          <w:p w14:paraId="5E413EA7" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C22191" w:rsidRPr="00EB13A4" w14:paraId="49489480" w14:textId="77777777" w:rsidTr="00AA27F4">
+      <w:tr w:rsidR="004B2C9F" w:rsidRPr="00E92437" w14:paraId="58C34CD4" w14:textId="77777777" w:rsidTr="00C50B0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1403" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7899C229" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+          <w:p w14:paraId="05225AE7" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DBAA47E" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="120602F3" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB13A4">
-[...7 lines deleted...]
-              <w:t>Elérhetőség (e-mail és tel.)</w:t>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Telefonszám</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5258" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3C454A85" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+          <w:p w14:paraId="0BABCC25" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C22191" w:rsidRPr="00EB13A4" w14:paraId="4CC523AB" w14:textId="77777777" w:rsidTr="00AA27F4">
+      <w:tr w:rsidR="004B2C9F" w:rsidRPr="00E92437" w14:paraId="2E27EC2F" w14:textId="77777777" w:rsidTr="00C50B0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1403" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0075D795" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+          <w:p w14:paraId="5767535B" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43DC23E1" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
-[...17 lines deleted...]
-              <w:t>Adatgyűjtéssel összefüggő PTE jogviszony jellege:</w:t>
+          <w:p w14:paraId="31F5AAF1" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>E-mail cím</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5258" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6F5943C8" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00C22191">
-[...5 lines deleted...]
-              </w:numPr>
+          <w:p w14:paraId="38ABB412" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2C9F" w:rsidRPr="00E92437" w14:paraId="246184C0" w14:textId="77777777" w:rsidTr="00C50B0B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9C9227" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:b/>
-                <w:i/>
-[...22 lines deleted...]
-              </w:numPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9FBC29" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adatgyűjtéssel összefüggő PTE jogviszony jellege*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5258" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64022A23" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="00D376B8" w:rsidP="00C50B0B">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...25 lines deleted...]
-              <w:ind w:left="357" w:hanging="357"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1107809971"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:bCs/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  PTE oktató, kutató</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4217783A" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="00D376B8" w:rsidP="00C50B0B">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...25 lines deleted...]
-              <w:ind w:left="357" w:hanging="357"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1205597187"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:bCs/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  PTE PhD hallgató</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="196C180C" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="00D376B8" w:rsidP="00C50B0B">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...25 lines deleted...]
-              <w:ind w:left="357" w:hanging="357"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2030363598"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:bCs/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  PTE KK önkéntes segítő</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62E34911" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="00D376B8" w:rsidP="00C50B0B">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">egyéb: </w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-567653165"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:bCs/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  PTE hallgató (nappali, levelezős)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="447700AB" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="00D376B8" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1542671363"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:bCs/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  egyéb: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="41F628DE" w14:textId="77777777" w:rsidR="00C22191" w:rsidRDefault="00C22191" w:rsidP="00C22191">
+    <w:p w14:paraId="4C2E916A" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9199" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9042"/>
+        <w:gridCol w:w="9199"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C22191" w:rsidRPr="00EB13A4" w14:paraId="6C4BB6EC" w14:textId="77777777" w:rsidTr="00AA27F4">
+      <w:tr w:rsidR="004B2C9F" w:rsidRPr="00E92437" w14:paraId="35E42846" w14:textId="77777777" w:rsidTr="00C50B0B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9212" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="9199" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="321BEFD5" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+          <w:p w14:paraId="318D7D47" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
                 <w:b/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00EB13A4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A kutatás </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(klinikai vizsgálat/ PhD téma/ pályázat/ projekt/ szakdolgozat stb.)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92437">
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00EB13A4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> címe, azonosító száma </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ha </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>van)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92437">
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00EB13A4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, vezetője </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(principal investigator, témavezető, pályázat szakmai vezető, stb.):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C0BEA9B" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1033FFAC" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...49 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2FB57F76" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00C22191">
+    <w:p w14:paraId="0CE9E784" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9199" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9032"/>
+        <w:gridCol w:w="9199"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C22191" w:rsidRPr="00EB13A4" w14:paraId="4C7C3862" w14:textId="77777777" w:rsidTr="00AA27F4">
+      <w:tr w:rsidR="004B2C9F" w:rsidRPr="00E92437" w14:paraId="2054E3C6" w14:textId="77777777" w:rsidTr="00C50B0B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9032" w:type="dxa"/>
+            <w:tcW w:w="9199" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="60E791EE" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+          <w:p w14:paraId="04635D84" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00EB13A4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...7 lines deleted...]
-          <w:p w14:paraId="2ED63CEA" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Az adatgyűjtéssel érintett betegellátó egység:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73074B05" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-                <w:iCs/>
                 <w:strike/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6BEBB499" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79D5F640" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-                <w:iCs/>
                 <w:strike/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="548BE988" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00C22191">
+    <w:p w14:paraId="73B2D368" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9199" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9042"/>
+        <w:gridCol w:w="9199"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C22191" w:rsidRPr="00EB13A4" w14:paraId="38B6AECE" w14:textId="77777777" w:rsidTr="00AA27F4">
+      <w:tr w:rsidR="004B2C9F" w:rsidRPr="00E92437" w14:paraId="1E045EC7" w14:textId="77777777" w:rsidTr="00C50B0B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9042" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="9199" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="168AEFC2" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+          <w:p w14:paraId="2E652AA1" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00EB13A4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...7 lines deleted...]
-          <w:p w14:paraId="6B1CA7C9" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Az adatgyűjtés célja, rövid indokolása:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A21210D" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...6 lines deleted...]
-          <w:p w14:paraId="455DC0B5" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63FDE343" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="535CE083" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00C22191">
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="28B4BF2D" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9199" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9042"/>
+        <w:gridCol w:w="9199"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C22191" w:rsidRPr="00EB13A4" w14:paraId="129BC446" w14:textId="77777777" w:rsidTr="00AA27F4">
+      <w:tr w:rsidR="004B2C9F" w:rsidRPr="00E92437" w14:paraId="14CAB21A" w14:textId="77777777" w:rsidTr="00C50B0B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9042" w:type="dxa"/>
+            <w:tcW w:w="9199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2D1DECF7" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+          <w:p w14:paraId="3916F4BE" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
                 <w:b/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00EB13A4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A kért adatkör </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(adatcsoport megnevezése, pl.: kórlap, ambuláns </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lap</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lelet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92437">
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...7 lines deleted...]
-          <w:p w14:paraId="70187E5E" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>meghatározása</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40B7FD3B" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...6 lines deleted...]
-          <w:p w14:paraId="76B4D6A7" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D7AA2F6" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7CC571CA" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00C22191">
+    <w:p w14:paraId="3F1F574D" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_Hlk52525360"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk52525360"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9199" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9042"/>
+        <w:gridCol w:w="9199"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C22191" w:rsidRPr="00EB13A4" w14:paraId="7F3813D6" w14:textId="77777777" w:rsidTr="00AA27F4">
+      <w:tr w:rsidR="004B2C9F" w:rsidRPr="00E92437" w14:paraId="1781500B" w14:textId="77777777" w:rsidTr="00C50B0B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9042" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="9199" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DAB53B6" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+          <w:p w14:paraId="3065063B" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00EB13A4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...7 lines deleted...]
-          <w:p w14:paraId="70B7345F" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>A kért adatok forrása:*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EACD66F" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="00D376B8" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...7 lines deleted...]
-          <w:p w14:paraId="3F6116C0" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-723903340"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    papíralapú dokumentáció </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37AB215D" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="00D376B8" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...7 lines deleted...]
-          <w:p w14:paraId="0AB28F82" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1422946656"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    e-Medsolution</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B2BB9BD" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="00D376B8" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...5 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-650598358"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004B2C9F" w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    egyéb: </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="255DFFFD" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00C22191">
+    <w:p w14:paraId="56E87B4E" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9199" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9042"/>
+        <w:gridCol w:w="9199"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C22191" w:rsidRPr="00EB13A4" w14:paraId="2AD14F29" w14:textId="77777777" w:rsidTr="00AA27F4">
+      <w:tr w:rsidR="004B2C9F" w:rsidRPr="00E92437" w14:paraId="384AA9C2" w14:textId="77777777" w:rsidTr="00C50B0B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9042" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="9199" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22326182" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+          <w:p w14:paraId="2FCF39DA" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
                 <w:b/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00EB13A4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adatterjedelem </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(vizsgált hónapok a kezdő és a záró időpont megjelölésével, nem összefüggő időszakok esetében a kezdő és a záró időpont megadása időszakonként):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BEB23DB" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...7 lines deleted...]
-          <w:p w14:paraId="01D36E7B" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46CB6339" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00EB13A4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03AA534F" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...7 lines deleted...]
-          <w:p w14:paraId="27420547" w14:textId="77777777" w:rsidR="00C22191" w:rsidRPr="00EB13A4" w:rsidRDefault="00C22191" w:rsidP="00AA27F4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+    </w:tbl>
+    <w:p w14:paraId="235F49D3" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9199" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9199"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004B2C9F" w:rsidRPr="00E92437" w14:paraId="0684C5E9" w14:textId="77777777" w:rsidTr="00C50B0B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9199" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="199FEF08" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Az adatgyűjtés tervezett kezdő dátuma:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27A1D568" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Az adatgyűjtés tervezett záró dátuma (egyben az engedély érvényességi ideje):</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3AD6A49F" w14:textId="77777777" w:rsidR="00C22191" w:rsidRDefault="00C22191" w:rsidP="00C22191">
+    <w:p w14:paraId="2EA927EE" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A6D965A" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="492DB9B6" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>*Kérjük, jelölje x-el.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A3A4BBD" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kérjük, a PTE-n kívüli, főállású munkahelyet is szíveskedjen megjelölni</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29787C96" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E5041C4" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37F7A351" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9199" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9199"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004B2C9F" w:rsidRPr="00E92437" w14:paraId="504EEDDE" w14:textId="77777777" w:rsidTr="00C50B0B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9199" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32412D39" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Az aláírt kérelmet az alábbi módon kívánom átvenni:*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0970B289" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-71588834"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00E92437">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:bCs/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   postai úton (postai cím: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…...</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>………………………………………………………………………</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…….</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="437DE88B" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="00C50B0B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1853991419"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00E92437">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:bCs/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00E92437">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   személyesen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7F084186" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AC6B6C0" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Büntetőjogi felelősségem tudatában kijelentem, hogy a rendelkezésemre bocsátott egészségügyi és személyazonosító</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>adatokat a GDPR, a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2011. évi CXII. törvény, valamint az 1997. évi XLVII. törvény</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk196222017"/>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ben foglaltaknak</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, továbbá az egészségügyi adatvédelmi tisztviselő tájékoztatásának megfelelően kezelem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="345DD45E" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EA8F44A" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Az eredeti, aláírt kérelmet személyesen vagy postai úton a PTE Klinikai Központ Adatvédelmi és Betegjogi Osztály 7623 Pécs, Rákóczi út 2. G. épület címre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, a kapcsolódó</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kutatási tervet/szakmai anyagot, - amennyiben rendelkezésre áll - kutatási/etikai/hatósági engedélyt, kérdőívet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elektronikus úton a </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidRPr="00C57B5E">
+          <w:rPr>
+            <w:rStyle w:val="Hiperhivatkozs"/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>kk.adatvedelem@pte.hu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e-mail címre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA533A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">szíveskedjen </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>benyújta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ni. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B08212" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="487A8F15" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adatkérő aláírása:     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20CFE85B" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6311BFBA" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Adatkérő munkahelyi (betegellátó egység/szervezeti egység/kar) vezetőjének neve, aláírása:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF52627" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69C56900" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:ind w:left="5664" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="555A261A" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:ind w:left="8496"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                                 P.H.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E748C02" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="582C1D64" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adatgyűjtéssel érintett betegellátó egység vezetőjének neve, aláírása: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk204948632"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="2F705820" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:ind w:left="8496"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                                 P.H.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F19274" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="658C22E9" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Egészségügyi adatvédelmi tisztviselő neve, aláírása:                                   </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk204948655"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="4C243C61" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:ind w:left="8496"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                                 P.H.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252D391F" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52F5129B" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Az engedélyező, Klinikai Központ elnökének neve, aláírása:                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED7B4EE" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:ind w:left="8496"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                                 P.H.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5444C229" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CD98578" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FE23FFB" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55BD75E5" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Engedély kiállításának dátuma: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E92437">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>20___/___/___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6060B9D1" w14:textId="77777777" w:rsidR="004B2C9F" w:rsidRPr="00E92437" w:rsidRDefault="004B2C9F" w:rsidP="004B2C9F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5776419A" w14:textId="77777777" w:rsidR="00C22191" w:rsidRDefault="00C22191" w:rsidP="00C22191">
-[...468 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+    <w:p w14:paraId="0C38388A" w14:textId="77777777" w:rsidR="00A638FD" w:rsidRDefault="00A638FD"/>
+    <w:sectPr w:rsidR="00A638FD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...3 lines deleted...]
-    <w:family w:val="auto"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
-    <w:family w:val="modern"/>
-[...5 lines deleted...]
-    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...1 lines deleted...]
-    <w:charset w:val="EE"/>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...224 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:stylePaneSortMethod w:val="0004"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C22191"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00DA5A32"/>
+    <w:rsidRoot w:val="004B2C9F"/>
+    <w:rsid w:val="00033560"/>
+    <w:rsid w:val="000D4EF1"/>
+    <w:rsid w:val="00115D33"/>
+    <w:rsid w:val="00150267"/>
+    <w:rsid w:val="00384C41"/>
+    <w:rsid w:val="00485151"/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rsid w:val="00507126"/>
+    <w:rsid w:val="00593B4B"/>
+    <w:rsid w:val="005A3DEF"/>
+    <w:rsid w:val="00626AEB"/>
+    <w:rsid w:val="00694987"/>
+    <w:rsid w:val="00792340"/>
+    <w:rsid w:val="007A0126"/>
+    <w:rsid w:val="009B5714"/>
+    <w:rsid w:val="00A638FD"/>
+    <w:rsid w:val="00A63C7C"/>
+    <w:rsid w:val="00B12D9C"/>
+    <w:rsid w:val="00C1388D"/>
+    <w:rsid w:val="00C3107F"/>
+    <w:rsid w:val="00C50B39"/>
+    <w:rsid w:val="00D376B8"/>
+    <w:rsid w:val="00E66F84"/>
+    <w:rsid w:val="00E861BB"/>
+    <w:rsid w:val="00F56712"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="744141AC"/>
+  <w14:docId w14:val="606CBDA1"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{047475BA-9A60-4D32-B949-7531723217F9}"/>
+  <w15:docId w15:val="{5F0179AA-F432-435D-AE1D-D1CC222C2E4C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="hu-HU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2109,166 +2596,170 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -2303,55 +2794,55 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
@@ -2423,807 +2914,1252 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Norml">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C22191"/>
-[...4 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="hu-HU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cmsor1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Norml"/>
+    <w:next w:val="Norml"/>
+    <w:link w:val="Cmsor1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cmsor2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Norml"/>
+    <w:next w:val="Norml"/>
+    <w:link w:val="Cmsor2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cmsor3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Norml"/>
+    <w:next w:val="Norml"/>
+    <w:link w:val="Cmsor3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cmsor4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Norml"/>
+    <w:next w:val="Norml"/>
+    <w:link w:val="Cmsor4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cmsor5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Norml"/>
+    <w:next w:val="Norml"/>
+    <w:link w:val="Cmsor5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cmsor6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Norml"/>
+    <w:next w:val="Norml"/>
+    <w:link w:val="Cmsor6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cmsor7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Norml"/>
+    <w:next w:val="Norml"/>
+    <w:link w:val="Cmsor7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cmsor8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Norml"/>
+    <w:next w:val="Norml"/>
+    <w:link w:val="Cmsor8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cmsor9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Norml"/>
+    <w:next w:val="Norml"/>
+    <w:link w:val="Cmsor9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Bekezdsalapbettpusa">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normltblzat">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nemlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stlus1">
+    <w:name w:val="Stílus1"/>
+    <w:basedOn w:val="Norml"/>
+    <w:rsid w:val="00384C41"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stlus2">
+    <w:name w:val="Stílus2"/>
+    <w:basedOn w:val="Norml"/>
+    <w:rsid w:val="00384C41"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bekezds">
+    <w:name w:val="Bekezdés"/>
+    <w:basedOn w:val="Norml"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D4EF1"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:ind w:firstLine="204"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bekezds2">
+    <w:name w:val="Bekezdés2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E861BB"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:ind w:left="204" w:firstLine="204"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hu-HU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Kikezds">
+    <w:name w:val="Kikezdés"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E861BB"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:ind w:left="202" w:hanging="202"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hu-HU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FejezetCm">
+    <w:name w:val="FejezetCím"/>
+    <w:basedOn w:val="Norml"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="005A3DEF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:b/>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FCm">
+    <w:name w:val="FôCím"/>
+    <w:basedOn w:val="Norml"/>
+    <w:qFormat/>
+    <w:rsid w:val="00694987"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="kzp">
+    <w:name w:val="közép"/>
+    <w:basedOn w:val="Norml"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00E861BB"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellkletCm">
+    <w:name w:val="MellékletCím"/>
+    <w:basedOn w:val="Norml"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00E861BB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="240"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DltCm">
+    <w:name w:val="DôltCím"/>
+    <w:basedOn w:val="Norml"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B5714"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormlCm">
+    <w:name w:val="NormálCím"/>
+    <w:basedOn w:val="Norml"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B5714"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="240"/>
+      <w:ind w:left="57" w:right="57"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VastagCm">
+    <w:name w:val="VastagCím"/>
+    <w:basedOn w:val="NormlCm"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="009B5714"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bekezds3">
+    <w:name w:val="Bekezdés3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E861BB"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:ind w:left="408" w:firstLine="204"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hu-HU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bekezds4">
+    <w:name w:val="Bekezdés4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E861BB"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:ind w:left="613" w:firstLine="204"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hu-HU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Alcm1">
+    <w:name w:val="Alcím1"/>
+    <w:basedOn w:val="Norml"/>
+    <w:qFormat/>
+    <w:rsid w:val="00626AEB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:color w:val="0000FF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Alcm2">
+    <w:name w:val="Alcím2"/>
+    <w:basedOn w:val="Norml"/>
+    <w:qFormat/>
+    <w:rsid w:val="00626AEB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:color w:val="0000FF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Alcm3">
+    <w:name w:val="Alcím3"/>
+    <w:basedOn w:val="Norml"/>
+    <w:qFormat/>
+    <w:rsid w:val="00626AEB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:color w:val="0000FF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Alcm4">
+    <w:name w:val="Alcím4"/>
+    <w:basedOn w:val="Norml"/>
+    <w:qFormat/>
+    <w:rsid w:val="00626AEB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:color w:val="0000FF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Kikezds2">
+    <w:name w:val="Kikezdés2"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00626AEB"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:ind w:left="408" w:hanging="202"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hu-HU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Kikezds3">
+    <w:name w:val="Kikezdés3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00626AEB"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:ind w:left="613" w:hanging="202"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hu-HU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Kikezds4">
+    <w:name w:val="Kikezdés4"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00626AEB"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:ind w:left="817" w:hanging="202"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hu-HU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Cmsor1Char">
+    <w:name w:val="Címsor 1 Char"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:link w:val="Cmsor1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Cmsor2Char">
+    <w:name w:val="Címsor 2 Char"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:link w:val="Cmsor2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Cmsor3Char">
+    <w:name w:val="Címsor 3 Char"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:link w:val="Cmsor3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Cmsor4Char">
+    <w:name w:val="Címsor 4 Char"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:link w:val="Cmsor4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Cmsor5Char">
+    <w:name w:val="Címsor 5 Char"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:link w:val="Cmsor5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Cmsor6Char">
+    <w:name w:val="Címsor 6 Char"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:link w:val="Cmsor6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Cmsor7Char">
+    <w:name w:val="Címsor 7 Char"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:link w:val="Cmsor7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Cmsor8Char">
+    <w:name w:val="Címsor 8 Char"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:link w:val="Cmsor8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Cmsor9Char">
+    <w:name w:val="Címsor 9 Char"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:link w:val="Cmsor9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cm">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Norml"/>
+    <w:next w:val="Norml"/>
+    <w:link w:val="CmChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CmChar">
+    <w:name w:val="Cím Char"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:link w:val="Cm"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Alcm">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Norml"/>
+    <w:next w:val="Norml"/>
+    <w:link w:val="AlcmChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AlcmChar">
+    <w:name w:val="Alcím Char"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:link w:val="Alcm"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Idzet">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Norml"/>
+    <w:next w:val="Norml"/>
+    <w:link w:val="IdzetChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:after="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IdzetChar">
+    <w:name w:val="Idézet Char"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:link w:val="Idzet"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Listaszerbekezds">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Norml"/>
     <w:uiPriority w:val="34"/>
-    <w:qFormat/>
-    <w:rsid w:val="00C22191"/>
+    <w:rsid w:val="004B2C9F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="lfej">
-    <w:name w:val="header"/>
+  <w:style w:type="character" w:styleId="Erskiemels">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:uiPriority w:val="21"/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kiemeltidzet">
+    <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Norml"/>
-    <w:link w:val="lfejChar"/>
+    <w:next w:val="Norml"/>
+    <w:link w:val="KiemeltidzetChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KiemeltidzetChar">
+    <w:name w:val="Kiemelt idézet Char"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:link w:val="Kiemeltidzet"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Ershivatkozs">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Bekezdsalapbettpusa"/>
+    <w:uiPriority w:val="32"/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hiperhivatkozs">
+    <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C22191"/>
-[...44 lines deleted...]
-      <w:lang w:eastAsia="hu-HU"/>
+    <w:rsid w:val="004B2C9F"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kk.adatvedelem@pte.hu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...311 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>224</Words>
-  <Characters>1548</Characters>
+  <Words>451</Words>
+  <Characters>3114</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1769</CharactersWithSpaces>
+  <CharactersWithSpaces>3558</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Románcz Erzsébet Dr.</dc:creator>
+  <dc:creator>Drabon, Ditta</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>